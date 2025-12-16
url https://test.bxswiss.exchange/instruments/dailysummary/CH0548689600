--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7987ca3c58143ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ee54420a8b4d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d8fa1f6b27439d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d243a4f51ad45a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R014f94c694b74a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d8fa1f6b27439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83895ad483a4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d243a4f51ad45a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Bitcoin Capital AG Bitc.Cap. ETP20(20/unl.)</x:t>
+          <x:t>Bitcoin Capital 15FiCAS Active Crypto ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0548689600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>275,985</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>