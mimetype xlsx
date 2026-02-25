--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ee54420a8b4d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74198889223444b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d243a4f51ad45a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbea993cca9c41e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83895ad483a4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d243a4f51ad45a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0bbd8ada9f4b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbea993cca9c41e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bitcoin Capital 15FiCAS Active Crypto ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0548689600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>