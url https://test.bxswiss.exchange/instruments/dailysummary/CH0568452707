--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4344aeafb084e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f24b88b781471d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca35abb2c8b040a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d34591ccbff4a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106bd36f46364c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca35abb2c8b040a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfca4f6fa8c654356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d34591ccbff4a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMINA Crypto Asset Select Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0568452707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>