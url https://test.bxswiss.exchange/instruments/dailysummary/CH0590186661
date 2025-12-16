--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7ecbf19e1b4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2be178ae8db4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d7bf78e0874d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5daa96c26394a02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb084a843690440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d7bf78e0874d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ef7f305b4a4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5daa96c26394a02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>16,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>16,361</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>