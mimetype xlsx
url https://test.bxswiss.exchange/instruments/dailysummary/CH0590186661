--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2be178ae8db4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c3c976c22c347d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5daa96c26394a02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1e84f188e294262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ef7f305b4a4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5daa96c26394a02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd132070689de4a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1e84f188e294262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SPI ESG (CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0590186661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>17,320</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,227</x:t>
-[...220 lines deleted...]
-          <x:t>17,476</x:t>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>