--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd9214a6c114616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648af6a4a039436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc559d275e44752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa184692f984ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ef76256c244c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc559d275e44752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4aff622b5f4261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa184692f984ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,597</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>