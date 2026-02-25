--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648af6a4a039436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd31f623052c4148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa184692f984ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64e0a6bd3e94115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4aff622b5f4261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa184692f984ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf6f4904b1844b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64e0a6bd3e94115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0593331561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,902</x:t>
-[...26 lines deleted...]
-          <x:t>0,914</x:t>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,884</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>0,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>