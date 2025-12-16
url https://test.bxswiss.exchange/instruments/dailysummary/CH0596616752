--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R574aaea161d8455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3b234b5720424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ab8c5d626542aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db97a2e24434123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1061b5e51894805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ab8c5d626542aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3740902e6843f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db97a2e24434123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>22,980</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>