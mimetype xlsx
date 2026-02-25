--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3b234b5720424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad85e4a7eba94c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db97a2e24434123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3656e2d0ed34741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3740902e6843f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db97a2e24434123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3151f0ee9a44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3656e2d0ed34741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Aave</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0596616752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>15,870</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>