--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416d1c1d68e34678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a27a2f349694fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a393e5c07384714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1761865490f04b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292d6eda140047c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a393e5c07384714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882e81d3691a486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1761865490f04b6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>23,300</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>