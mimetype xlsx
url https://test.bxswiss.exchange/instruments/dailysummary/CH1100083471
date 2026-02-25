--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a27a2f349694fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd32adfc9c8940e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1761865490f04b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b5b25efa504f26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882e81d3691a486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1761865490f04b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2271729e33754ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b5b25efa504f26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Chainlink ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1100083471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>12,735</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>13,693</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>13,212</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>