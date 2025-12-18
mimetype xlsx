--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e4314ea2114649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52339c1cc4ca47dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18fd1198fe3b4287"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb004c4a866460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba808446bade4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18fd1198fe3b4287" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b4e9035aa84ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb004c4a866460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>982,457</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>