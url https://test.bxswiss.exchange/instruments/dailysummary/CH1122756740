--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52339c1cc4ca47dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9a7c3754e547cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb004c4a866460e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0640b6ef744411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b4e9035aa84ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb004c4a866460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781e14dab6fb43ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0640b6ef744411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen ETF - Solid Gold Responsibly Sourced &amp; Traceable A USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1122756740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.101,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.104,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.088,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.089,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.098,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.102,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.094,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.096,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>