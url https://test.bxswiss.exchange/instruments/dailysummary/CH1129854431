--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ab9b1140c8425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa96005ad32b432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d01e79fd4f046e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112c6880b8d2457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a566357983414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d01e79fd4f046e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae7b8bfc7b94eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112c6880b8d2457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>6,690</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>6,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>6,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,185</x:t>
-[...26 lines deleted...]
-          <x:t>6,630</x:t>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>