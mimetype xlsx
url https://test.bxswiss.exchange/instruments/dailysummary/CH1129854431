--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa96005ad32b432f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b6b5a5159c4493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112c6880b8d2457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c1487ae377546fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae7b8bfc7b94eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112c6880b8d2457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabe0fb14d5c4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c1487ae377546fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>5,410</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>25.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,280</x:t>
-[...134 lines deleted...]
-          <x:t>5,065</x:t>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,955</x:t>
-[...97 lines deleted...]
-          <x:t>4,835</x:t>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,730</x:t>
-[...21 lines deleted...]
-          <x:t>4,570</x:t>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>4,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>