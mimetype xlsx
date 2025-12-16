--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6909d31ad5a6481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644926eaa85f4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc24c279945459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cb6c4c238b84355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371a393900e04ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc24c279945459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe6ae8c19204a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cb6c4c238b84355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,880</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>7,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>7,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>