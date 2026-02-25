--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644926eaa85f4f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3585f132ba34716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cb6c4c238b84355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f302ea0cd044c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe6ae8c19204a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cb6c4c238b84355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cde747188ff46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f302ea0cd044c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Uniswap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1129854449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>6,130</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,010</x:t>
-[...151 lines deleted...]
-          <x:t>5,410</x:t>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,320</x:t>
-[...114 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,545</x:t>
-[...144 lines deleted...]
-          <x:t>4,905</x:t>
+          <x:t>5,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>