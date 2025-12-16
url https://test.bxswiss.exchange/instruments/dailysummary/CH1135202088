--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef78b6690cc4b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0966cdf46410468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5aaaa51ce1a4378"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954df2c045304096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542a2e1bae5b4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5aaaa51ce1a4378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f55c9d421a4433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954df2c045304096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21Shares AG Avalanche ETP</x:t>
+          <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4,463</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>