--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0966cdf46410468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ee9a57696e44295" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954df2c045304096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4511b6727dcd4333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f55c9d421a4433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954df2c045304096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7693c9ad77ff4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4511b6727dcd4333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Avalanche Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,135</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,037</x:t>
-[...222 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,088</x:t>
-[...43 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,104</x:t>
-[...171 lines deleted...]
-          <x:t>1,814</x:t>
+          <x:t>2,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>