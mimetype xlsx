--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9da9aa113b0b478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb092ff128d7c4096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f317c0c6924345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde7c1e883b54b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01f53b92a2094dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f317c0c6924345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be6013d102e4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde7c1e883b54b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Uniswap ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>11,884</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,571</x:t>
-[...26 lines deleted...]
-          <x:t>12,392</x:t>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>