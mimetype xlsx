--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0db2a1707b4ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab0a807b01a42c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e19970640ef42ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e0d7b12bdf48e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b172ea4444c4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e19970640ef42ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8bf646f04f64279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e0d7b12bdf48e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>40,138</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>