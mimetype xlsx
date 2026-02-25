--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab0a807b01a42c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7259ac8498df456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e0d7b12bdf48e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7e589c46b7478f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8bf646f04f64279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e0d7b12bdf48e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7e1e7fb85648cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7e589c46b7478f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Equal Weight ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1135202161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>31,387</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,027</x:t>
-[...539 lines deleted...]
-          <x:t>27,939</x:t>
+          <x:t>30,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>