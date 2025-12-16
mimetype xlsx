--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R407515ca0b9a4a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9482a8c32be943bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8aaf03ef6b4b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd3b793e995414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e5cdb8de844914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8aaf03ef6b4b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7d68e9e12748c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd3b793e995414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on The Market Best Ideas Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>30,105</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,105</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>29,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,075</x:t>
-[...259 lines deleted...]
-          <x:t>30,245</x:t>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,200</x:t>
-[...166 lines deleted...]
-          <x:t>30,115</x:t>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>