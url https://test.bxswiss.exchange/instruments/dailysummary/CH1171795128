--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9482a8c32be943bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36833c067ad4322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dd3b793e995414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7b4481c14e4760"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7d68e9e12748c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dd3b793e995414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975fb772efe94276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7b4481c14e4760" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on The Market Best Ideas Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>31,098</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,078</x:t>
-[...6 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,078</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>31,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,963</x:t>
-[...16 lines deleted...]
-          <x:t>31,258</x:t>
+          <x:t>31,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,113</x:t>
-[...31 lines deleted...]
-          <x:t>31,283</x:t>
+          <x:t>31,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>