--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb362fae210384bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f669c4e72284cae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a10bd488e894632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4991504662744f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1459736ddf564112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a10bd488e894632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcc94f009efc46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4991504662744f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,923</x:t>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,673</x:t>
-[...6 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,718</x:t>
-[...16 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,763</x:t>
-[...9 lines deleted...]
-          <x:t>24,743</x:t>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>