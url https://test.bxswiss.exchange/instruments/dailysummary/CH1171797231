--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f669c4e72284cae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb535a2e9696940a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4991504662744f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f7b2297dbc41f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcc94f009efc46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4991504662744f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f6a42b2dc14401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f7b2297dbc41f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,858</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>24,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>