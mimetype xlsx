--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98266e12f8134a85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82abd65ed23d483e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaeaedb23aaf4a64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa9f216e64804f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697ebbd75bb5494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaeaedb23aaf4a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3742839fbed74090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa9f216e64804f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>27,240</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>27,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>26,983</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>27,033</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,993</x:t>
-[...85 lines deleted...]
-          <x:t>27,163</x:t>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>