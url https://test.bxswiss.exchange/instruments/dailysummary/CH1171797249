--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82abd65ed23d483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10838318ba64c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa9f216e64804f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafead10af55436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3742839fbed74090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa9f216e64804f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb768554c24144ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafead10af55436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,333</x:t>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,278</x:t>
-[...6 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,298</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>28,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,445</x:t>
-[...16 lines deleted...]
-          <x:t>28,490</x:t>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,465</x:t>
-[...296 lines deleted...]
-          <x:t>28,253</x:t>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>