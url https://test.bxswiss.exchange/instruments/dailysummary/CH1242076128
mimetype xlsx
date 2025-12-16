--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d63fba49be745de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9714cd350f964475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45787e8bcc81445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd452c530f54b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aa3351481884d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45787e8bcc81445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc971df4ccda4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd452c530f54b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>4,740</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,610</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,705</x:t>
-[...53 lines deleted...]
-          <x:t>4,680</x:t>
+          <x:t>4,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>4,870</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>