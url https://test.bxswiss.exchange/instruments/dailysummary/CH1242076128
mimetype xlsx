--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9714cd350f964475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff651cc6732348d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd452c530f54b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ae3030455ce4d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc971df4ccda4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd452c530f54b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41f0f4ccbbe4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ae3030455ce4d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>4,730</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,690</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>4,840</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>5,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>