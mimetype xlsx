--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae05bc1c9e314286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7c71e380e64e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3483f3a6e5ab46e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6a9615bacd4fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b152198e2694e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3483f3a6e5ab46e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154b33afb3224164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6a9615bacd4fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stacks Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1258969042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>5,058</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>