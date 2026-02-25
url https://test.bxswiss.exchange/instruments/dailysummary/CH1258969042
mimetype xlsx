--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7c71e380e64e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re208f780416a4329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b6a9615bacd4fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47150354caca4301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154b33afb3224164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b6a9615bacd4fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R683e13524f8c4995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47150354caca4301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stacks Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1258969042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>