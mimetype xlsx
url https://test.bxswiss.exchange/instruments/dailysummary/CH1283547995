--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bc60f0fc6284177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28b79ac3b804228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5908bbb888544f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cee97fa1984ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf80ab71572874465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5908bbb888544f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b6f9232a9b42c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cee97fa1984ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,730</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>