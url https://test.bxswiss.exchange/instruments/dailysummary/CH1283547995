--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28b79ac3b804228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7fa06346214361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cee97fa1984ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a7e0cf906904630"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b6f9232a9b42c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cee97fa1984ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5ec23d1ede4492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a7e0cf906904630" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>127,130</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>126,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,175</x:t>
-[...227 lines deleted...]
-          <x:t>127,480</x:t>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,200</x:t>
-[...92 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>127,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>