--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f34fd35936a4d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77027ef7aba44719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f43c5fb69c84ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb371d488378c408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4028222ea535449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f43c5fb69c84ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3bdb329369645be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb371d488378c408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Exchange Traded Product on Adaptivv Downside Control Swiss Index</x:t>
+          <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>26,948</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,978</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,213</x:t>
-[...387 lines deleted...]
-          <x:t>26,798</x:t>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>