--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77027ef7aba44719" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6a7e542ba64c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb371d488378c408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b525aa46baa4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3bdb329369645be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb371d488378c408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3fe544defb4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b525aa46baa4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>27,555</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,530</x:t>
-[...166 lines deleted...]
-          <x:t>27,735</x:t>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>