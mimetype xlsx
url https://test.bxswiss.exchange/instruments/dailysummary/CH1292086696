--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ca7b2782864528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10391af2b1e346f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ff4ad8113e4af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64e0abb55ec44e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d97d150a084b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ff4ad8113e4af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa6910b0f14947c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64e0abb55ec44e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>72,570</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,750</x:t>
-[...75 lines deleted...]
-          <x:t>71,710</x:t>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>71,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>