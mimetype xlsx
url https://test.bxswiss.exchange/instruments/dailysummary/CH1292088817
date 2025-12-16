--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra247071b732049f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb16b4edf9d4621" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0197b2fc2064a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60bb21e735a41b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c7647399ae4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0197b2fc2064a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167f966c93b54ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60bb21e735a41b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,370</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>