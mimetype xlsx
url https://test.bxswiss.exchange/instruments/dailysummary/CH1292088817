--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recb16b4edf9d4621" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ee0c461f8c4c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60bb21e735a41b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f2d4a21e2a240da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167f966c93b54ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60bb21e735a41b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8b9a30a3974f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f2d4a21e2a240da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,120</x:t>
-[...183 lines deleted...]
-          <x:t>76,090</x:t>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,090</x:t>
-[...301 lines deleted...]
-          <x:t>72,100</x:t>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>