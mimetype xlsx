--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4182f649b4a04837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8349b81abc24db0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb4d9da15c9436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bddcdf90cb942bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf022584eb0674a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb4d9da15c9436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38cc85bd7284474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bddcdf90cb942bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>220,760</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>