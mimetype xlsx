--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8349b81abc24db0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b07e8f25a8647b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bddcdf90cb942bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc3b1d8dfd247dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38cc85bd7284474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bddcdf90cb942bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8f9bff29e704fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc3b1d8dfd247dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>