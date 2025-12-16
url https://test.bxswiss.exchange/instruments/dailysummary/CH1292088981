--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e280f07306d49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e90b2d1f1574ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27145ba3ba364c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724084518f564335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2795ea8b0d545a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27145ba3ba364c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a489273faf4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724084518f564335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,066</x:t>
-[...112 lines deleted...]
-          <x:t>16,930</x:t>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>17,424</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,068</x:t>
-[...97 lines deleted...]
-          <x:t>17,239</x:t>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>17,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,263</x:t>
-[...178 lines deleted...]
-          <x:t>17,779</x:t>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,291</x:t>
-[...80 lines deleted...]
-          <x:t>17,653</x:t>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>