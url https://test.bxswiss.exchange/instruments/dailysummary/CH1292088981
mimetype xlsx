--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e90b2d1f1574ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ddd865253d45b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724084518f564335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R059f9c98b29848c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a489273faf4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724084518f564335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c575563e241460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R059f9c98b29848c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>16,920</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,614</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>17,478</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,460</x:t>
-[...151 lines deleted...]
-          <x:t>17,468</x:t>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>17,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>