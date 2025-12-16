--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b3d54e862ce4a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbad9b6130224ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb6e1ea86b04dfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02b1f25d89a4b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ac4c82ac57475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb6e1ea86b04dfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf059861962f4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02b1f25d89a4b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>7,415</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>