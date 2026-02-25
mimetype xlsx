--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbad9b6130224ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb59f470175634d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02b1f25d89a4b04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f07f129a32748fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf059861962f4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02b1f25d89a4b04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7364c3ca2d34dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f07f129a32748fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,020</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>3,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,920</x:t>
-[...53 lines deleted...]
-          <x:t>3,525</x:t>
+          <x:t>4,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>