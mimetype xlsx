--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7701ec1729144c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6d4e913dbb4fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f35f189850f495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dc4bece2e114805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R131aa898bd2e487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f35f189850f495d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67759027cda94f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dc4bece2e114805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2,438</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>