--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6d4e913dbb4fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8851665ec742f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dc4bece2e114805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3d53895dcc41f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67759027cda94f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dc4bece2e114805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3af9cdeecd24e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3d53895dcc41f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,154</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>1,007</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>