--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd46f0f21a543f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e38968f16e477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re67dbf5009fe4e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ddf309785b49ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d3392a585eb4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re67dbf5009fe4e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fea7e2d85f4865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ddf309785b49ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,790</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>