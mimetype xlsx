--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e38968f16e477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c6b9e38bc64e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ddf309785b49ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59f0830b995e4140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11fea7e2d85f4865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ddf309785b49ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b40ac2969bc459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59f0830b995e4140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,097</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,112</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,144</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>1,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>