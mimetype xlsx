--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf019d576314615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041865fd851144f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b59ea647eeb4ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06808cf6e84a4192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc844ebc52b664a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b59ea647eeb4ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a4ff448493409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06808cf6e84a4192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,103</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>