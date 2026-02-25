--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041865fd851144f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4ce7fa7bbd4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06808cf6e84a4192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R015687d3e4114259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a4ff448493409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06808cf6e84a4192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc749a7214905455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R015687d3e4114259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,072</x:t>
-[...512 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>