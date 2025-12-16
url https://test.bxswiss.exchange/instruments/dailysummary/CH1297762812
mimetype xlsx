--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3fed08a2d6e472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b2133c307e4456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719b92c9fefa4d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae38d30ebbd544a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64d210e680d240b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719b92c9fefa4d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35869dc766304236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae38d30ebbd544a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>8,488</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>