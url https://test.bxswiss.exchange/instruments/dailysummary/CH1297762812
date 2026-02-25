--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b2133c307e4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723d0fbb245a44c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae38d30ebbd544a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833f94b6f4ae4cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35869dc766304236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae38d30ebbd544a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7504aef27974660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833f94b6f4ae4cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Toncoin Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1297762812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>