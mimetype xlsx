--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7160eee93c3468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfd2a29153f48c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e61550b8b64320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc47bd035cc4f48a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc626f0b6e30e4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e61550b8b64320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddbc6b621874ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc47bd035cc4f48a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314026290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>199,700</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,400</x:t>
-[...323 lines deleted...]
-          <x:t>204,665</x:t>
+          <x:t>199,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>