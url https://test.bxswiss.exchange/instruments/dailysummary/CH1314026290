--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfd2a29153f48c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d47709234c4413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc47bd035cc4f48a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9612c789789416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ddbc6b621874ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc47bd035cc4f48a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6abb951699f4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9612c789789416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Swiss Life, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314026290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>