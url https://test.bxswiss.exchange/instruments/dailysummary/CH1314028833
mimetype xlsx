--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8a38cd4fb54524" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b4a94aef984464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c80b0b0ff504b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra284b1ef36ea4b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba2651230454442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c80b0b0ff504b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8a708037b445c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra284b1ef36ea4b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>113,160</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,160</x:t>
-[...16 lines deleted...]
-          <x:t>113,340</x:t>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,260</x:t>
-[...102 lines deleted...]
-          <x:t>113,760</x:t>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,290</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>114,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>