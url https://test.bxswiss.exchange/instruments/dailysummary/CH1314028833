--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b4a94aef984464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4145200518d94b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra284b1ef36ea4b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3ac92d2b3a47ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8a708037b445c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra284b1ef36ea4b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c43cca0d45403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3ac92d2b3a47ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Alquant Dynamic US Equity Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1314028833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,490</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>115,870</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,530</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,050</x:t>
-[...171 lines deleted...]
-          <x:t>114,290</x:t>
+          <x:t>116,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>