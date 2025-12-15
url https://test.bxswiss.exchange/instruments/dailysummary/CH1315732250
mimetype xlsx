--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117388c3444a4eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R287efea669694d99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R219842e93cc94ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded2cfec63374b27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17d3c524e8524ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R219842e93cc94ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e94074d1f8840f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded2cfec63374b27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Bitcoin ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>16,352</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>