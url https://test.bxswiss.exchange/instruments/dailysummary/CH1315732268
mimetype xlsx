--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7009a705e0524c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe8ba0120cd4076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5487a6bf38dd4852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e62682cef334f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6113fcdb4c4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5487a6bf38dd4852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1492cb7e1e4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e62682cef334f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>10,339</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>