--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe8ba0120cd4076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793001f96e1c48fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e62682cef334f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09fc78816df54bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1492cb7e1e4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e62682cef334f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d070d5f77945c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09fc78816df54bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Galaxy Physical Ethereum ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1315732268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>7,009</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,875</x:t>
-[...26 lines deleted...]
-          <x:t>6,955</x:t>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,067</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>7,667</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>7,133</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>