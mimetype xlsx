--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5eee4cbcebd4f55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af548fddea243d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9312be5cbfde4508"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd88374db9ed84a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f40ad4fe774ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9312be5cbfde4508" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd037ef9bf74a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd88374db9ed84a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Adaptivv Downside Control US Technology Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325427404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>29,695</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>30,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,020</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>29,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>