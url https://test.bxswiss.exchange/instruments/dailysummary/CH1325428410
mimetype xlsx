--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3b30ee3453d4be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ec704256d84e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01da4cbf44bf4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1cb4c39b39e4dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1c44eeafeb40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01da4cbf44bf4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d0fb88079e4952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1cb4c39b39e4dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on EURO STOXX 50® Index, Nomura Nikkei 225 - ETF, S&amp;P 500®, Swiss Market Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1325428410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,490</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>