--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bbee468b89b42e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9dc8892dc34f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8baf7a9e885744e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1250cfffffaa4548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68c53cd7e2c4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8baf7a9e885744e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98c5a015ab24d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1250cfffffaa4548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Alphabet, Honeywell International, IBM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1336243188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>179,880</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>