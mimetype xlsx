--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f7ab1a1dbd4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb072e48c1aa24f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bfbb4b4d9664223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bcae5c8b094bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1b3ddf32ff441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bfbb4b4d9664223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df45ca0e7d84230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bcae5c8b094bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>93,250</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,740</x:t>
-[...393 lines deleted...]
-        <x:is>
           <x:t>92,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,100</x:t>
-[...9 lines deleted...]
-          <x:t>93,720</x:t>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>