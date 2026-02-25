--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb072e48c1aa24f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8521d3d0dc1c4674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bcae5c8b094bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red28c29cc50d47d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df45ca0e7d84230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bcae5c8b094bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R403b7116d36f41ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red28c29cc50d47d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,810</x:t>
-[...31 lines deleted...]
-          <x:t>94,560</x:t>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>93,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>93,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>