--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5db033166264b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54dc5ad59474b40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c68284b3214fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b2422083bb4f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8211ceb8d0ed46b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c68284b3214fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7640718fd9044f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b2422083bb4f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,040</x:t>
-[...21 lines deleted...]
-          <x:t>93,520</x:t>
+          <x:t>94,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>94,370</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,860</x:t>
-[...21 lines deleted...]
-          <x:t>94,870</x:t>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,400</x:t>
-[...377 lines deleted...]
-          <x:t>94,820</x:t>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>