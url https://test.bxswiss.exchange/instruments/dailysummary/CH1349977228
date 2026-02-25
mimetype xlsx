--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54dc5ad59474b40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd317e287b9465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b2422083bb4f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4d23d2ed05d4949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7640718fd9044f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b2422083bb4f24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7455d1213394b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4d23d2ed05d4949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349977228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>95,020</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,980</x:t>
-[...193 lines deleted...]
-          <x:t>96,030</x:t>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>