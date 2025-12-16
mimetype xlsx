--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d78cb863b64763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285f9195bf8c4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe7d28e74a74cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5f70958f7447f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc44cd8402e0141a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe7d28e74a74cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc2d989a6d254d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5f70958f7447f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>