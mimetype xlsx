--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285f9195bf8c4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5ce758ac894daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5f70958f7447f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabaec99f5bdc4ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc2d989a6d254d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5f70958f7447f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aadddb8049d41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabaec99f5bdc4ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Certificate on FuW Swiss 50 Index NTR, Gold, WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1349984968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>88,710</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,010</x:t>
-[...87 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,160</x:t>
-[...9 lines deleted...]
-          <x:t>84,870</x:t>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>