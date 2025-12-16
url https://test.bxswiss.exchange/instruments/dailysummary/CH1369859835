--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506181168975444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2640be4e328744a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80ef50010e74278"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf40f7dad5844b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76bd7fc56ab94a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80ef50010e74278" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786ce6863bda4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf40f7dad5844b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>75,435</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>65,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>