--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2640be4e328744a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c087e7b3e17480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf40f7dad5844b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75eb1424502e465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786ce6863bda4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf40f7dad5844b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c4e7289e03340bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75eb1424502e465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.30% p.a. Multi Barrier Reverse Convertible on Kühne + Nagel, Lonza, Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369859835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>