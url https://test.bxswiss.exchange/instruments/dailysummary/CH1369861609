--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf853ac30c93d42f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c22bdf8e45d4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad5aded9c9584ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1cb79e5e6fe4fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R012f867efadc49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad5aded9c9584ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e8ec776c9843e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1cb79e5e6fe4fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,660</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>