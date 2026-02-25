--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c22bdf8e45d4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134d7b536e394588" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1cb79e5e6fe4fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4befb03ec382463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e8ec776c9843e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1cb79e5e6fe4fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3692de7d7fb3457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4befb03ec382463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,380</x:t>
-[...70 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,865</x:t>
-[...36 lines deleted...]
-          <x:t>92,650</x:t>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>