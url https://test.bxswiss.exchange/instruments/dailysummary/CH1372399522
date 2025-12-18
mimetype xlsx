--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1069144704da447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9aecee26c3477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85aeb3bb997474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5173a181c844461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fe894e32144156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85aeb3bb997474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4bb34c2a18b47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5173a181c844461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.39% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>97,040</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>98,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...316 lines deleted...]
-          <x:t>98,800</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>