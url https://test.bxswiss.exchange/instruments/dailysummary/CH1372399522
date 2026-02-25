--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9aecee26c3477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0094ab450f7404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5173a181c844461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0253cfd998e34aa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4bb34c2a18b47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5173a181c844461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffbc1f8b27274f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0253cfd998e34aa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.39% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>98,820</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,650</x:t>
-[...6 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,900</x:t>
-[...198 lines deleted...]
-          <x:t>98,350</x:t>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>