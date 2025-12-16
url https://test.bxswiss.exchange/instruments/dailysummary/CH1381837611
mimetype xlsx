--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7942d490414a413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb383e121f30b4d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5d34bc984c4761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf598655d092f48cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57090d46ca3b41b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5d34bc984c4761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76e5b33f7464b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf598655d092f48cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Qualcomm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381837611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,625</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,525</x:t>
-[...102 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,050</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>102,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,140</x:t>
-[...21 lines deleted...]
-          <x:t>102,560</x:t>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,460</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>102,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,690</x:t>
-[...85 lines deleted...]
-          <x:t>103,000</x:t>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>