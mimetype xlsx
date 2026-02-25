--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb383e121f30b4d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56138e15d68469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf598655d092f48cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ede5434e894a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76e5b33f7464b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf598655d092f48cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d57dc79ab304b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ede5434e894a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Qualcomm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381837611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,820</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,780</x:t>
+          <x:t>102,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,780</x:t>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>