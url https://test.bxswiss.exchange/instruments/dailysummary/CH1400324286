--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d35570305042d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70f46c8b7fb45a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca5364adeec4755"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R750364da2c634132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61fa7de9575b452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca5364adeec4755" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8958452c799846ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R750364da2c634132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>88,900</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>80,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>