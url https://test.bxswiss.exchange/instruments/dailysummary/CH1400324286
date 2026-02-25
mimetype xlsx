--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70f46c8b7fb45a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9adf9f602aa42a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R750364da2c634132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raceda0af620d4127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8958452c799846ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R750364da2c634132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0613856927411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raceda0af620d4127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>92,110</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,430</x:t>
-[...566 lines deleted...]
-          <x:t>89,110</x:t>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>