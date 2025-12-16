--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cad3f44026b41dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68bf91cac68b4855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb86d2f45393745c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2462768e83c640d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e337904d4b54a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb86d2f45393745c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c512050f9384e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2462768e83c640d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,355</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>