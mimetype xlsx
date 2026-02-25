--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68bf91cac68b4855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ebaf3896134fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2462768e83c640d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99753f253d64655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c512050f9384e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2462768e83c640d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67833fbe4b3445fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99753f253d64655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,255</x:t>
-[...178 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>121,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>