--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28584de775b24012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7782318430949ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5e689733b740c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4284e044b3974d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra273e7cf6c884e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5e689733b740c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03bfbdf17ff4edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4284e044b3974d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Bonus Outperformance Certificate on Holcim</x:t>
+          <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>128,675</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>127,730</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>121,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>