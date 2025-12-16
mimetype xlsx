--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38db46fa10fa4137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137cbaf825344fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74756e1f86f841fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc93e5c838474df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R526eeb3a814141da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74756e1f86f841fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R287baedb6ec94654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc93e5c838474df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>99,730</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
-[...205 lines deleted...]
-          <x:t>100,915</x:t>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,915</x:t>
-[...16 lines deleted...]
-          <x:t>101,565</x:t>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,735</x:t>
-[...63 lines deleted...]
-          <x:t>101,940</x:t>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>