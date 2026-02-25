--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137cbaf825344fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e914b5c2fa48ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc93e5c838474df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5495f05dcc224a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R287baedb6ec94654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc93e5c838474df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968237f2eb354bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5495f05dcc224a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>