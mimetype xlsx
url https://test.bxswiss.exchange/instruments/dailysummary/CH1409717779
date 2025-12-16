--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re123efcff1484c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce18c67ce8a44a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce61348c9564831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5616a0e0babd4f5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf166fc6ca6374ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce61348c9564831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2356249c89bd4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5616a0e0babd4f5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>84,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>