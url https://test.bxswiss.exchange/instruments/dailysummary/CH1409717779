--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce18c67ce8a44a2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3ad108d16c242ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5616a0e0babd4f5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad002f603bd44290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2356249c89bd4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5616a0e0babd4f5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ff20d4d18e4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad002f603bd44290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>89,650</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,650</x:t>
-[...220 lines deleted...]
-          <x:t>87,750</x:t>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>