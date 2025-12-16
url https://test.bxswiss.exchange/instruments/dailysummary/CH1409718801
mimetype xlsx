--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769afb5ddff0412b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19284c19454642a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9079ff5b9d6941d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24abb689c6fd4d1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabe5071108d04a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9079ff5b9d6941d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ed2157ab4d42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24abb689c6fd4d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>146,295</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>150,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>152,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>