--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19284c19454642a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ec8f89d1cc4910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24abb689c6fd4d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089b19ab0db84ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ed2157ab4d42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24abb689c6fd4d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf47b5bbec624316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089b19ab0db84ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>