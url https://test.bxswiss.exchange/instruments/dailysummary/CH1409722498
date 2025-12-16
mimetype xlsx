--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928777b7850241b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c19b41260a4074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80183a4669ac4fc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c8af894bfd4a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6982e3c9109744f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80183a4669ac4fc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb1a878c84d4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c8af894bfd4a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>94,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,170</x:t>
-[...6 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,400</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>96,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>