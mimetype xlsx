--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c19b41260a4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ac3d8e786044e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c8af894bfd4a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d079cf3c3694ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb1a878c84d4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c8af894bfd4a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53066080d0324281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d079cf3c3694ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>94,540</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,110</x:t>
-[...43 lines deleted...]
-          <x:t>94,200</x:t>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,830</x:t>
-[...58 lines deleted...]
-          <x:t>95,360</x:t>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>