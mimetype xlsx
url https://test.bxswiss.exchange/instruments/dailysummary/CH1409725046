--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2322d705537d4cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030afc34c27348bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2f04bc746e45e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f204e3e4264288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4568898f35d416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2f04bc746e45e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d15ca27ed7c471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f204e3e4264288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,400</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>