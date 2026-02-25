--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R030afc34c27348bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb544688633b04553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f204e3e4264288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80450e8343f94d4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d15ca27ed7c471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f204e3e4264288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb531c5d9751644d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80450e8343f94d4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,010</x:t>
-[...549 lines deleted...]
-          <x:t>94,320</x:t>
+          <x:t>96,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>